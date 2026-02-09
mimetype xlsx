--- v0 (2025-10-07)
+++ v1 (2026-02-09)
@@ -2,60 +2,60 @@
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/calcChain.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.calcChain+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="6" rupBuild="28227"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="6" rupBuild="29426"/>
   <workbookPr/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="R:\Shared\Market Analysis\2024\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="R:\Shared\Market Analysis\Dram Shop Report Request\2025 Data Documents\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{6E1A2A9C-77E3-4A5E-98E7-B1ADD47563E3}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{B17ED386-4641-46F3-B5AC-969CFDDE98F9}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-28920" yWindow="-120" windowWidth="29040" windowHeight="15720" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="-28920" yWindow="7035" windowWidth="29040" windowHeight="15720" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="Instructions" sheetId="3" r:id="rId1"/>
     <sheet name="Dramshop Report" sheetId="1" r:id="rId2"/>
   </sheets>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
@@ -148,142 +148,146 @@
     <t>Taxes, Licenses 
 And Fees</t>
   </si>
   <si>
     <t>Annual Written Exposure Count</t>
   </si>
   <si>
     <t>Paid Loss 
 Count</t>
   </si>
   <si>
     <t>Claims Closed Without Payment</t>
   </si>
   <si>
     <t>Direct Premiums Written</t>
   </si>
   <si>
     <t>ISO Class or 
 Company Class
 Code</t>
   </si>
   <si>
     <t>Return To: market.analysis@iid.iowa.gov</t>
   </si>
   <si>
+    <t>Iowa Insurance Division
+Dramshop Liability Insurance 
+Premium and Loss Report
+State of Iowa
+2025 Data Year</t>
+  </si>
+  <si>
     <r>
       <rPr>
         <b/>
         <sz val="14"/>
         <color theme="1"/>
         <rFont val="Arial"/>
         <family val="2"/>
       </rPr>
       <t>Instructions for Completion of Dramshop Liability Insurance Premium and Loss Report for State of Iowa</t>
     </r>
     <r>
       <rPr>
         <sz val="11"/>
         <color theme="1"/>
         <rFont val="Arial"/>
         <family val="2"/>
       </rPr>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <rPr>
         <u/>
         <sz val="11"/>
         <color theme="1"/>
         <rFont val="Arial"/>
         <family val="2"/>
       </rPr>
       <t>Definition of Terms</t>
     </r>
     <r>
       <rPr>
         <sz val="11"/>
         <color theme="1"/>
         <rFont val="Arial"/>
         <family val="2"/>
       </rPr>
       <t xml:space="preserve">: Data elements will conform to the Annual Financial Statement, with the exception of “written exposures,” “paid loss count,” and “claims closed without payment,” which do not appear on the Annual Financial Statement.
       • “Written Exposure Count” –   Number of exposures for each physical location.
-      • “Paid Loss Count” – Each loss will have one count, regardless of how many payments are made toward the loss.  One loss count should be reported per occurrence or incident, regardless of   
-          the number of claimants involved.
+      • “Paid Loss Count” – Each loss will have one count, regardless of how many payments are made toward the loss.  One loss count should be reported per occurrence or incident, regardless of the number of claimants involved.
       • "Claims Closed Without Payment” – Each loss should have one count. 
 Dramshop Liability:   The Iowa Alcoholic Beverages Control Act provides that a person shall not sell, dispense, or give to an intoxicated person, or one simulating intoxication, any alcoholic beverage.  (See Iowa Code 123.49(2) Miscellaneous prohibitions)  
 Iowa Code section 123.92(2)(c) defines dramshop liability coverage as insurance “… to provide protection for members of the public who experience damages as a result of licensees or permittees serving patrons any alcoholic beverage to a point that reaches or exceeds the standard set forth in law for liability …”
 Insurance for establishments and activities that do not meet this criterion, such as package liquor or grocery stores, should not be reported.  Only data directly associated with dramshop coverage is requested - please do not include other coverages, even if contained within a single policy.
 Instructions for Completing Report:
       • Complete one spreadsheet for each year of data for each company
       • Include 4-digit NAIC Group Code and five-digit NAIC Company Code
       • Title the report as follows: Five-digit NAIC Company Code - Company Name - Year of Data - Dram Shop Report (see original email for an example)
       • Do not submit a report if the Company has no Dram Shop data to report. Reply to the email with a statement to that effect
 ISO Class Codes: Report each data element for the appropriate ISO class code. Some </t>
     </r>
     <r>
       <rPr>
         <u/>
         <sz val="11"/>
         <color theme="1"/>
         <rFont val="Arial"/>
         <family val="2"/>
       </rPr>
       <t>examples</t>
     </r>
     <r>
       <rPr>
         <sz val="11"/>
         <color theme="1"/>
         <rFont val="Arial"/>
         <family val="2"/>
       </rPr>
       <t xml:space="preserve"> of ISO class codes are:
       • 16905 – Restaurants – Bring Your Own Alcohol – with no sale of alcoholic beverages – with table service
       • 16906 – Restaurants – Bring Your Own Alcohol – with no sale of alcoholic beverages – without table service with seating
       • 16910 – Restaurants – with sale of alcoholic beverages that are less than 30% of the annual receipts of the restaurants – with table service
       • 16911 – Restaurants – with sale of alcoholic beverages that are less than 30% of the annual receipts of the restaurants – without table service with seating
       • 16915 – Restaurants – with sale of alcoholic beverages that are 30% or more of but less than 75% of the total annual receipts of the restaurants – with dance floor
       • 16916 – Restaurants – with sale of alcoholic beverages that are 30% or more of but less than 75% of the total annual receipts of the restaurants – without dance floor
       • 16920 – Restaurants – with sale of alcoholic beverages that are 75% or more of total annual receipts of the restaurants – with tables – with dance floor – table service
       • 16921 – Restaurants – with sale of alcoholic beverages that are 75% or more of total annual receipts of the restaurants – with tables – with dance floor – no table service
       • 16930 – Restaurants – with sale of alcoholic beverages that are 75% or more of total annual receipts of the restaurants – with tables – without dance floor – table service
       • 16931 – Restaurants – with sale of alcoholic beverages that are 75% or more of total annual receipts of the restaurants – with tables – without dance floor – no table service
       • 16940 – Restaurants – with sale of alcoholic beverages that are 75% or more of total annual receipts of the restaurants – bar service only (no tables) – with dance floor
       • 16941 – Restaurants – with sale of alcoholic beverages that are 75% or more of total annual receipts of the restaurants – bar service only (no tables) – without dance floor
+      • 70412 – Clubs 
+      • 58161 – Restaurants, Taverns, Hotels and Motels. This includes all packages sales. 
+      • 58168 – Temporary Licenses 
+      • 58165 – Restaurants–Bring Your Own Alcohol only
+      • 58166 – All Other Bring Your Own Alcohol Establishments
 If your company does not make use of ISO class codes, report on the basis of the risk classes in use by your company. In all cases, provide description of type of entity and/or activities covered by each classification.
 </t>
     </r>
-  </si>
-[...5 lines deleted...]
-2024 Data Year</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="2">
     <numFmt numFmtId="164" formatCode="00000"/>
     <numFmt numFmtId="165" formatCode="&quot;$&quot;#,##0.00"/>
   </numFmts>
   <fonts count="11" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="12"/>
       <color rgb="FF231F20"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
@@ -854,101 +858,103 @@
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings2.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0100-000000000000}">
   <dimension ref="A1:C6"/>
   <sheetViews>
     <sheetView tabSelected="1" zoomScale="90" zoomScaleNormal="90" workbookViewId="0">
       <selection sqref="A1:C6"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="9.140625" defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
-    <col min="1" max="1" width="159" style="15" customWidth="1"/>
-    <col min="2" max="16384" width="9.140625" style="14"/>
+    <col min="1" max="1" width="162.5703125" style="15" customWidth="1"/>
+    <col min="2" max="2" width="9.140625" style="14"/>
+    <col min="3" max="3" width="21.5703125" style="14" customWidth="1"/>
+    <col min="4" max="16384" width="9.140625" style="14"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:3" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A1" s="17" t="s">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="B1" s="17"/>
       <c r="C1" s="17"/>
     </row>
     <row r="2" spans="1:3" ht="409.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A2" s="17"/>
       <c r="B2" s="17"/>
       <c r="C2" s="17"/>
     </row>
     <row r="3" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A3" s="17"/>
       <c r="B3" s="17"/>
       <c r="C3" s="17"/>
     </row>
     <row r="4" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A4" s="17"/>
       <c r="B4" s="17"/>
       <c r="C4" s="17"/>
     </row>
     <row r="5" spans="1:3" ht="134.44999999999999" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A5" s="17"/>
       <c r="B5" s="17"/>
       <c r="C5" s="17"/>
     </row>
-    <row r="6" spans="1:3" x14ac:dyDescent="0.25">
+    <row r="6" spans="1:3" ht="75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A6" s="17"/>
       <c r="B6" s="17"/>
       <c r="C6" s="17"/>
     </row>
   </sheetData>
   <mergeCells count="1">
     <mergeCell ref="A1:C6"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup orientation="portrait" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
   <dimension ref="A1:AD99"/>
   <sheetViews>
     <sheetView topLeftCell="H2" zoomScale="90" zoomScaleNormal="90" workbookViewId="0">
-      <selection activeCell="M3" sqref="M3:W9"/>
+      <selection activeCell="I2" sqref="I2:W2"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="0" defaultRowHeight="14.25" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="7" width="0" style="1" hidden="1" customWidth="1"/>
     <col min="8" max="8" width="21.85546875" style="1" bestFit="1" customWidth="1"/>
     <col min="9" max="15" width="15.7109375" style="13" customWidth="1"/>
     <col min="16" max="16" width="21" style="13" customWidth="1"/>
     <col min="17" max="17" width="20.7109375" style="13" customWidth="1"/>
     <col min="18" max="18" width="23.140625" style="13" customWidth="1"/>
     <col min="19" max="19" width="14.5703125" style="13" bestFit="1" customWidth="1"/>
     <col min="20" max="23" width="15.7109375" style="13" customWidth="1"/>
     <col min="24" max="16384" width="0" style="1" hidden="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:30" s="2" customFormat="1" ht="39.75" hidden="1" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A1" s="2">
         <f>I3</f>
         <v>0</v>
       </c>
       <c r="B1" s="2">
         <f>I4</f>
         <v>0</v>
       </c>
       <c r="C1" s="2">
@@ -1015,51 +1021,51 @@
         <v>0</v>
       </c>
       <c r="S1" s="3">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
       <c r="T1" s="3">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
       <c r="U1" s="4">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
       <c r="V1" s="4">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
       <c r="W1" s="4">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
     </row>
     <row r="2" spans="1:30" ht="115.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="I2" s="18" t="s">
-        <v>26</v>
+        <v>25</v>
       </c>
       <c r="J2" s="19"/>
       <c r="K2" s="19"/>
       <c r="L2" s="19"/>
       <c r="M2" s="19"/>
       <c r="N2" s="19"/>
       <c r="O2" s="19"/>
       <c r="P2" s="19"/>
       <c r="Q2" s="19"/>
       <c r="R2" s="19"/>
       <c r="S2" s="19"/>
       <c r="T2" s="19"/>
       <c r="U2" s="19"/>
       <c r="V2" s="19"/>
       <c r="W2" s="19"/>
       <c r="X2" s="5"/>
       <c r="Y2" s="5"/>
       <c r="Z2" s="5"/>
       <c r="AA2" s="5"/>
       <c r="AB2" s="5"/>
       <c r="AC2" s="5"/>
       <c r="AD2" s="5"/>
     </row>
     <row r="3" spans="1:30" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="H3" s="1" t="s">